--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="63BAD678" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="00AA68F0">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -176,51 +176,51 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="728980" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="9525" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                                 <a:headEnd type="none" w="med" len="med"/>
                                 <a:tailEnd type="none" w="med" len="med"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="3543B4FB" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:2;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="62.4pt,15.2pt" to="119.8pt,15.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkma/MvgEAAIMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813IMpHUEyznETS9B&#10;GyDNB6z5kIjyBS5jyX/fJWU7fVyKoDoQJHc4nB2ONreTs+ygEprgO361WHKmvAjS+L7jz9/vP6w5&#10;wwxegg1edfyokN9u37/bjLFVqzAEK1ViROKxHWPHh5xj2zQoBuUAFyEqT0UdkoNMy9Q3MsFI7M42&#10;q+XyYzOGJGMKQiHS7m4u8m3l11qJ/E1rVJnZjpO2XMdUx30Zm+0G2j5BHIw4yYA3qHBgPF16odpB&#10;BvaSzF9UzogUMOi8EME1QWsjVO2Burla/tHN0wBR1V7IHIwXm/D/0Yqvhzv/mIp0Mfmn+BDEDyRT&#10;mjFieymWBcYZNunkCpy0s6kaebwYqabMBG1+Wq1v1mS3OJcaaM/nYsL8RQXHyqTj1vjSIrRweMBc&#10;bob2DCnb1rOx4zfXq2uiA0qItpBp6qLsOPq+nsVgjbw31pYTmPr9nU3sAOXN61eemXh/g5VLdoDD&#10;jKulOQ0pvHhZczEokJ+9ZPkYKbqeAsyLGKckZ1ZR3susIjMY+y9IEmH9yd3Z0GLtPsjjYyoay4pe&#10;uqo9pbJE6dd1Rb3+O9ufAAAA//8DAFBLAwQUAAYACAAAACEADFnUV90AAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrqkFRVCXEqBOTGhULFdRsvSUS8TmO3DXw9izjAcXZG&#10;M2+L9eR6daQxdJ4NXM8TUMS1tx03Bl5fqqsVqBCRLfaeycAnBViX52cF5taf+JmOm9goKeGQo4E2&#10;xiHXOtQtOQxzPxCL9+5Hh1Hk2Gg74knKXa/TJFlqhx3LQosD3bdUf2wOzkCotrSvvmb1LHnLGk/p&#10;/uHpEY25vJjubkFFmuJfGH7wBR1KYdr5A9ugetHpQtCjgSxZgJJAmt0sQe1+D7os9P8Pym8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5JmvzL4BAACDAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEADFnUV90AAAAJAQAADwAAAAAAAAAAAAAAAAAY&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACIFAAAAAA==&#10;">
                       <o:lock v:ext="edit" shapetype="f"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>TRƯỜNG THPT NGUYỄN ĐÌNH CHIỂU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BA223B1" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="007B29AB">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1870"/>
@@ -241,141 +241,59 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CỘNG HÒA XÃ HỘI CHỦ NGHĨA VIỆT NAM</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76403482" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="007B29AB">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1683"/>
                 <w:tab w:val="center" w:pos="6732"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:right="-14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Độc</w:t>
+              <w:t>Độc lập - Tự do - Hạnh phúc</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ko-KR"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="3" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BE0A7EE" wp14:editId="04973FA3">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>648970</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>196850</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1993900" cy="0"/>
                       <wp:effectExtent l="0" t="4763" r="0" b="4763"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1027" name="Straight Connector 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -389,115 +307,103 @@
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1993900" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="9525" cap="flat" cmpd="sng">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                                 <a:headEnd type="none" w="med" len="med"/>
                                 <a:tailEnd type="none" w="med" len="med"/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+                <mc:Fallback>
                   <w:pict>
                     <v:line w14:anchorId="099DF830" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;z-index:3;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="51.1pt,15.5pt" to="208.1pt,15.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMmFswvgEAAIQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JdpKgFyznETS9B&#10;GyDtB6z5kIjyBS5jyX/fJf1IH5eiiA4EyR0OZ4ejze3sLDuohCb4ni8XLWfKiyCNH3r+/dv9u4+c&#10;YQYvwQaven5UyG+3b99sptipVRiDlSoxIvHYTbHnY86xaxoUo3KAixCVp6IOyUGmZRoamWAidmeb&#10;Vdt+aKaQZExBKETa3Z2KfFv5tVYif9UaVWa256Qt1zHVcV/GZruBbkgQRyPOMuA/VDgwni69Uu0g&#10;A3tO5i8qZ0QKGHReiOCaoLURqvZA3SzbP7p5GiGq2guZg/FqE74erfhyuPOPqUgXs3+KD0H8QDKl&#10;mSJ212JZYDzBZp1cgZN2Nlcjj1cj1ZyZoM3lev1+3ZLf4lJroLscjAnzZxUcK5OeW+NLj9DB4QFz&#10;uRq6C6RsW8+mnq9vVjdEBxQRbSHT1EXZc/RDPYvBGnlvrC0nMA37O5vYAcqj16+8M/H+BiuX7ADH&#10;E66WTnFI4dnLGoxRgfzkJcvHSNn1lGBexDglObOKAl9mFZnB2H9Bkgjrz/aeHC3e7oM8Pqaisazo&#10;qavacyxLln5dV9TLz7P9CQAA//8DAFBLAwQUAAYACAAAACEAP9e0GtwAAAAJAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXKrWSYqqKsSpEJAbF1oQ1228JBHxOo3dNvD1LOIAx5l9&#10;mp0pNpPr1YnG0Hk2kC4SUMS1tx03Bl521XwNKkRki71nMvBJATbl5UWBufVnfqbTNjZKQjjkaKCN&#10;cci1DnVLDsPCD8Rye/ejwyhybLQd8SzhrtdZkqy0w47lQ4sD3bdUf2yPzkCoXulQfc3qWfK2bDxl&#10;h4enRzTm+mq6uwUVaYp/MPzUl+pQSqe9P7INqhedZJmgBpapbBLgJl2Jsf81dFno/wvKbwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDMmFswvgEAAIQDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA/17Qa3AAAAAkBAAAPAAAAAAAAAAAAAAAAABgE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAIQUAAAAA&#10;">
                       <o:lock v:ext="edit" shapetype="f"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA68F0" w:rsidRPr="00C97125" w14:paraId="4D4D4B84" w14:textId="77777777" w:rsidTr="00317DD2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52EA716E" w14:textId="22E1746E" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="003660BB" w:rsidP="003660BB">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1870"/>
                 <w:tab w:val="center" w:pos="6732"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:ind w:right="-14"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Số</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">:    </w:t>
+              <w:t xml:space="preserve">Số:    </w:t>
             </w:r>
             <w:r w:rsidR="00C97125" w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> /</w:t>
             </w:r>
             <w:r w:rsidR="00317DD2" w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
@@ -534,436 +440,271 @@
               <w:ind w:right="-14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00420351">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">P. </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> Minh,</w:t>
+              <w:t>P. Hồ Chí Minh,</w:t>
             </w:r>
             <w:r w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> ngày </w:t>
             </w:r>
             <w:r w:rsidR="00676BB9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidR="001F7539">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>tháng</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">tháng </w:t>
             </w:r>
             <w:r w:rsidR="00843006">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> 202</w:t>
+              <w:t xml:space="preserve"> năm 202</w:t>
             </w:r>
             <w:r w:rsidR="00E44084" w:rsidRPr="00C97125">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="070E5E88" w14:textId="211E1AFD" w:rsidR="00420351" w:rsidRPr="00420351" w:rsidRDefault="00420351" w:rsidP="00420351"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2956E511" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="007B29AB">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>LỊCH LÀM VIỆC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="059E760D" w14:textId="1F2EF44E" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="00317DD2">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>Tuần</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C97125">
+        <w:t xml:space="preserve">Tuần </w:t>
+      </w:r>
+      <w:r w:rsidR="00420351">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00420351">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00676BB9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00676BB9">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96AED">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C96AED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
+        <w:t xml:space="preserve">Từ </w:t>
+      </w:r>
+      <w:r w:rsidR="00676BB9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>Từ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96AED">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00676BB9">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00843006">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>13</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C96AED">
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00843006">
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44084" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>/202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E44084" w:rsidRPr="00C97125">
+        <w:t xml:space="preserve"> đến </w:t>
+      </w:r>
+      <w:r w:rsidR="00676BB9">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="0082730F">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>/10</w:t>
+      </w:r>
       <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>đến</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44084" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00676BB9">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
-        <w:t>18</w:t>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> 202</w:t>
+        <w:t xml:space="preserve"> Năm học 202</w:t>
       </w:r>
       <w:r w:rsidR="00420351">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
       <w:r w:rsidR="00420351">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
@@ -1017,110 +758,82 @@
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1424940" cy="12699"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="1F497D"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="69C86D2B" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="Straight Arrow Connector 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:170.75pt;margin-top:1.1pt;width:112.2pt;height:1pt;z-index:4;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNn0zLzgEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZqou9Co6R5aymUF&#10;Ky38gKntJBb+ksc07b9n7HTL1wUhLpbtmXnz5vl583C2hp1URO1dx+vFkjPlhJfaDR3/8vnw5h1n&#10;mMBJMN6pjl8U8oft61ebKbSq8aM3UkVGIA7bKXR8TCm0VYViVBZw4YNyFOx9tJDoGIdKRpgI3Zqq&#10;WS7vq8lHGaIXCpFu93OQbwt+3yuRPvU9qsRMx4lbKmss6zGv1XYD7RAhjFpcacA/sLCgHTW9Qe0h&#10;AfsW9R9QVovo0fdpIbytfN9rocoMNE29/G2a5xGCKrOQOBhuMuH/gxUfTzv3FDN1cXbP4dGLr0ii&#10;VFPA9hbMBwxz2rmPNqcTd3YuQl5uQqpzYoIu61WzWq9Ib0Gxurlfr7PQFbQvxSFi+qC8ZXnTcUwR&#10;9DCmnXeOnszHuogJp0dMc+FLQe5sHJs6vr5r7qgBkGl6A4m2NkiCckOpRW+0PGhjcgXG4bgzkZ2A&#10;bFAfVuu3+yuhX9Jykz3gOOeV0GwQq5OKxSqjAvneSZYugdzsyNM8k7FKcmYUfYG8K5kJtPmbTFLF&#10;uKvgs8ZZ7aOXl6fcsjwEPX6R72rU7K6fzyXrx3fafgcAAP//AwBQSwMEFAAGAAgAAAAhADARY4Pa&#10;AAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SNyoU7eJIMSpEGqPSNDCfRsv&#10;SdR4Hdluk/495gTH0YzevGoz20FcyIfesYblIgNB3DjTc6vh87B7eAQRIrLBwTFpuFKATX17U2Fp&#10;3MQfdNnHViQIhxI1dDGOpZSh6chiWLiROHXfzluMKfpWGo9TgttBqiwrpMWe00OHI7121Jz2Z6uh&#10;+Xrbqm3xjk2h/GnH/bS6jq3W93fzyzOISHP8G8OvflKHOjkd3ZlNEIOG1XqZp6kGpUCkPi/yJxBH&#10;DWsFsq7kf//6BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM2fTMvOAQAAlgMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADARY4PaAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAKAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="#1f497d">
                 <v:stroke joinstyle="miter"/>
                 <o:lock v:ext="edit" shapetype="f"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="55637576" w14:textId="486D122D" w:rsidR="00FC63C8" w:rsidRPr="00C97125" w:rsidRDefault="007B29AB" w:rsidP="00317DD2">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Thứ</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Thứ Hai </w:t>
       </w:r>
       <w:r w:rsidR="008346DC" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00676BB9">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="00C96AED">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
@@ -1131,4336 +844,1324 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00E44084" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="639E0A9A" w14:textId="77777777" w:rsidR="00FC63C8" w:rsidRPr="00C97125" w:rsidRDefault="00317DD2" w:rsidP="00317DD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Sáng</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> :</w:t>
+        <w:t>Sáng :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4109B4E0" w14:textId="6DC4FA22" w:rsidR="00C96AED" w:rsidRDefault="00C8596A" w:rsidP="00C07D54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C96AED">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00B87ADA">
         <w:t xml:space="preserve">7h00: </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E11C7A">
-        <w:t>Sinh</w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Sinh hoạt dưới cờ</w:t>
+      </w:r>
       <w:r w:rsidR="002A3EB8">
-        <w:t xml:space="preserve">. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">. Thành Phần: </w:t>
       </w:r>
       <w:r w:rsidR="000263C6">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00E11C7A">
         <w:t>GH, GVCN</w:t>
       </w:r>
       <w:r w:rsidR="002A3EB8">
-        <w:t xml:space="preserve">. </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">. Địa </w:t>
+      </w:r>
       <w:r w:rsidR="00B87ADA">
         <w:t>đ</w:t>
       </w:r>
       <w:r w:rsidR="0077205B">
         <w:t>iể</w:t>
       </w:r>
       <w:r w:rsidR="002A3EB8">
-        <w:t>m</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>m: Sân Cờ</w:t>
+      </w:r>
       <w:r w:rsidR="008C758C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38BCD9EC" w14:textId="4F8C90C8" w:rsidR="008C758C" w:rsidRDefault="008C758C" w:rsidP="00C07D54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">- 7h40: </w:t>
-[...71 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>- 7h40: Họp GVCN. Thành phần: BGH, Đoàn TN, GVCN 3 khối. Địa điểm: Hội trường.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9B2AE3" w14:textId="41D1E666" w:rsidR="008C758C" w:rsidRDefault="008C758C" w:rsidP="00C07D54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">- 9h00: </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve"> (PHT).</w:t>
+        <w:t>- 9h00: Họp BGH. Thành phần: BGH. Địa điểm: Phòng làm việc Thầy Thanh (PHT).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CB6EA36" w14:textId="788025A5" w:rsidR="00C07D54" w:rsidRDefault="00C07D54" w:rsidP="00C07D54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...8 lines deleted...]
-        <w:t>Dạ</w:t>
+        <w:t>- Dạ</w:t>
       </w:r>
       <w:r w:rsidR="00964005">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>y</w:t>
-[...109 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>y và học theo thời khoá biểu</w:t>
+      </w:r>
       <w:r w:rsidR="00E11C7A">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="189D0073" w14:textId="77CDBC5A" w:rsidR="00317DD2" w:rsidRPr="00C97125" w:rsidRDefault="00317DD2" w:rsidP="00317DD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Chiều</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Chiều:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A270CC6" w14:textId="10538B88" w:rsidR="009215EF" w:rsidRDefault="00C8596A" w:rsidP="00DB338C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00317DD2" w:rsidRPr="00C97125">
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A33C28" w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Dạy</w:t>
-[...100 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Dạy và học theo thời khoá </w:t>
+      </w:r>
       <w:r w:rsidR="00964005">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>biểu</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A33C28" w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2721EF55" w14:textId="2C2DD76C" w:rsidR="00317DD2" w:rsidRPr="00C97125" w:rsidRDefault="00317DD2" w:rsidP="00DB338C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Thứ</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Ba </w:t>
+        <w:t xml:space="preserve">Thứ Ba </w:t>
       </w:r>
       <w:r w:rsidR="00676BB9">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="00C96AED">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="000161C0">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00E44084" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BE75CD4" w14:textId="77777777" w:rsidR="00317DD2" w:rsidRPr="00C97125" w:rsidRDefault="00317DD2" w:rsidP="00317DD2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Sáng</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> :</w:t>
+        <w:t>Sáng :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55E11FC2" w14:textId="674B8FB6" w:rsidR="00A33C28" w:rsidRDefault="00C8596A" w:rsidP="00A33C28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A33C28" w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...8 lines deleted...]
-        <w:t>Dạ</w:t>
+        <w:t>- Dạ</w:t>
       </w:r>
       <w:r w:rsidR="00964005">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>y</w:t>
-[...109 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>y và học theo thời khoá biểu</w:t>
+      </w:r>
       <w:r w:rsidR="00A33C28" w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="388C4126" w14:textId="67A4A1CD" w:rsidR="00DA2FA4" w:rsidRPr="00C97125" w:rsidRDefault="00DA2FA4" w:rsidP="00A33C28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Chiều</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Chiều:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77AC2951" w14:textId="067AD6AC" w:rsidR="00C97125" w:rsidRDefault="00DA2FA4" w:rsidP="00DA2FA4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:tab/>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A33C28" w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Dạ</w:t>
       </w:r>
       <w:r w:rsidR="00964005">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>y</w:t>
-[...109 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>y và học theo thời khoá biểu</w:t>
+      </w:r>
       <w:r w:rsidR="00C97125" w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B9F274" w14:textId="41658C1F" w:rsidR="00317DD2" w:rsidRPr="00C97125" w:rsidRDefault="00317DD2" w:rsidP="00617541">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Thứ</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Thứ Tư </w:t>
       </w:r>
       <w:r w:rsidR="00676BB9">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidR="0082730F">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/10</w:t>
       </w:r>
       <w:r w:rsidR="00E44084" w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52970084" w14:textId="77777777" w:rsidR="00C96AED" w:rsidRPr="00C97125" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Sáng</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> :</w:t>
+        <w:t>Sáng :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FBA086" w14:textId="1F666079" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...100 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>- Dạy và học theo thời khoá</w:t>
+      </w:r>
       <w:r w:rsidR="00964005">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> biểu</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C80A462" w14:textId="58829C50" w:rsidR="008C758C" w:rsidRDefault="008C758C" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">- 8h30: </w:t>
-[...307 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">- 8h30: Kiểm tra hồ sơ CCHC – Công tác văn phòng. Thành phần: Thầy Công (HT), thầy Phương(PHT). Địa điểm: Trường THPT </w:t>
+      </w:r>
       <w:r w:rsidR="008928CC">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>chuyên</w:t>
-[...44 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>chuyên Hùng Vương.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2149DC9E" w14:textId="6F692F3B" w:rsidR="00C96AED" w:rsidRPr="00C97125" w:rsidRDefault="00C96AED" w:rsidP="00160511">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Chiều</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Chiều:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A16C1F" w14:textId="6569B268" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:tab/>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Dạ</w:t>
       </w:r>
       <w:r w:rsidR="00964005">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>y</w:t>
-[...109 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>y và học theo thời khoá biểu</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30BDA91F" w14:textId="22FC8409" w:rsidR="00C96AED" w:rsidRPr="00C97125" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Thứ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C97125">
+        <w:t xml:space="preserve">Thứ </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">năm </w:t>
       </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00676BB9">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="0082730F">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/10</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="770DC527" w14:textId="6C831C7B" w:rsidR="00C96AED" w:rsidRPr="00C97125" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Sáng</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> :</w:t>
+        <w:t>Sáng :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66516087" w14:textId="282DC2D3" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...8 lines deleted...]
-        <w:t>Dạ</w:t>
+        <w:t>- Dạ</w:t>
       </w:r>
       <w:r w:rsidR="00964005">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>y</w:t>
-[...109 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>y và học theo thời khoá biểu</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF10285" w14:textId="015FDF17" w:rsidR="00C96AED" w:rsidRPr="00C97125" w:rsidRDefault="00C96AED" w:rsidP="00C07D54">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Chiều</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Chiều:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AFA7C3C" w14:textId="2513AAE6" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:tab/>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Dạy</w:t>
-[...82 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Dạy và học theo thời </w:t>
+      </w:r>
       <w:r w:rsidR="00964005">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>khoá</w:t>
-[...19 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>khoá biểu</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="267CF46C" w14:textId="6BFC14EB" w:rsidR="00C96AED" w:rsidRPr="00C97125" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Thứ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C97125">
+        <w:t xml:space="preserve">Thứ </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">sáu </w:t>
       </w:r>
       <w:r w:rsidR="00676BB9">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="0082730F">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/10</w:t>
       </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:color w:val="333399"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22B998FF" w14:textId="77777777" w:rsidR="00C96AED" w:rsidRPr="00C97125" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Sáng</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> :</w:t>
+        <w:t>Sáng :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="452F263C" w14:textId="737692B6" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97125">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...8 lines deleted...]
-        <w:t>Dạ</w:t>
+        <w:t>- Dạ</w:t>
       </w:r>
       <w:r w:rsidR="00964005">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>y</w:t>
-[...109 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>y và học theo thời khoá biểu</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E01349" w14:textId="6101F494" w:rsidR="00713AFB" w:rsidRDefault="00713AFB" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">- 8h30: </w:t>
-[...809 lines deleted...]
-        <w:t xml:space="preserve"> Minh).</w:t>
+        <w:t>- 8h30: Dự Tổng kết năm học 2024 – 2025 và triển khai nhiệm vụ năm học 2025 – 2026 đối với công tác Văn phòng. Thành phần: Thầy Công (HT). Địa điểm: Trung tâm Hội nghị Bà Rịa – Vũng Tàu, Thành phố Hồ Chí Minh (11 Trường Chinh, phường Bà Rịa, Thành phố Hồ Chí Minh).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CDA9D18" w14:textId="1E25472E" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>Chiều</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Chiều:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BE82DA1" w14:textId="652B210C" w:rsidR="00160511" w:rsidRDefault="00160511" w:rsidP="00160511">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>- Dạ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>y và học theo thời khoá biểu</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C97125">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Dạ</w:t>
-[...123 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25395A6A" w14:textId="45838FE1" w:rsidR="00A16AA7" w:rsidRDefault="00A16AA7" w:rsidP="00160511">
+    <w:p w14:paraId="6355A1E9" w14:textId="17514917" w:rsidR="00E631D8" w:rsidRDefault="00E631D8" w:rsidP="00160511">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">- 14h00: </w:t>
-[...326 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>- 13h30: Tổ chức cuộc thi thiết kế thiệp cho học sinh toàn trường nhằm kỷ niệm ngày thành lập Hội LHPN Việt Nam 20/10. Thành phần: Đoàn thanh niên. Địa điểm: Hội trường</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="320BC952" w14:textId="73B725C4" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
+    <w:p w14:paraId="25395A6A" w14:textId="45838FE1" w:rsidR="00A16AA7" w:rsidRDefault="00A16AA7" w:rsidP="00160511">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...22 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...36 lines deleted...]
-        <w:t>/2025</w:t>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- 14h00: Họp rút kinh nghiệm thực hiện sổ đầu bài điện tử. Thành phần: BGH, GV dạy lớp. Địa điểm: Trực tuyến.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D640389" w14:textId="63DDB292" w:rsidR="00F86649" w:rsidRPr="00F86649" w:rsidRDefault="00F86649" w:rsidP="00676BB9">
+    <w:p w14:paraId="320BC952" w14:textId="73B725C4" w:rsidR="00C96AED" w:rsidRDefault="00C96AED" w:rsidP="00C96AED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="081C36"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C97125">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thứ </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
+          <w:b/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bảy </w:t>
+      </w:r>
+      <w:r w:rsidR="00676BB9">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="0082730F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C97125">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="333399"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D640389" w14:textId="2B8C86ED" w:rsidR="00F86649" w:rsidRDefault="00F86649" w:rsidP="00676BB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00676BB9">
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00031FF9">
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Đoàn trường tham dự</w:t>
+      </w:r>
+      <w:r w:rsidR="00E631D8">
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Đại hội TNCS Hồ Chí Minh phường Phú Lợi lần thứ I nhiệm</w:t>
+      </w:r>
+      <w:r w:rsidR="00031FF9">
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kỳ</w:t>
+      </w:r>
+      <w:r w:rsidR="00E631D8">
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="00031FF9">
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E631D8">
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2030</w:t>
+      </w:r>
+      <w:r w:rsidR="00031FF9">
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. Thành phần: Theo DS triệu tập. Địa điểm: UBND phường Phú Lợi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="691A38D2" w14:textId="5375121A" w:rsidR="00063F62" w:rsidRPr="00F86649" w:rsidRDefault="00063F62" w:rsidP="00676BB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="081C36"/>
+          <w:spacing w:val="3"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>- 13h30: Dự Hội nghị Công Đoàn phường Phú Lợi lần thứ nhất nhiệm kỳ 2025 – 2030. Thành phần: Cô Hạnh (CTCĐ). Địa điểm: Hội trường UBND phường Phú Lợi.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="618A81FE" w14:textId="77777777" w:rsidR="003660BB" w:rsidRDefault="003660BB" w:rsidP="00DC7F2C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="081C36"/>
           <w:spacing w:val="3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="9288" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4615"/>
         <w:gridCol w:w="4673"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA68F0" w:rsidRPr="00C97125" w14:paraId="66955A0A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4615" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21BA35B5" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="00E71612">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C97125">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="007B29AB" w:rsidRPr="00C97125">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>Nơi</w:t>
-[...26 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Nơi nhận:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FAB3592" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="007B29AB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C97125">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>- CBGVNV (qua mail);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6633138E" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="007B29AB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C97125">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> TB;</w:t>
+              <w:t>- Niêm yết Bảng TB;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50820F9E" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="007B29AB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C97125">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...13 lines deleted...]
-              <w:t>: VT.</w:t>
+              <w:t>- Lưu: VT.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="289E02DB" w14:textId="4B837465" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="00372E1F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="6840"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
@@ -5510,139 +2211,139 @@
           <w:p w14:paraId="13C779B9" w14:textId="63EA10E7" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="00AA68F0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0AAC1571" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidRDefault="00AA68F0"/>
     <w:sectPr w:rsidR="00AA68F0" w:rsidRPr="00C97125" w:rsidSect="00317DD2">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11907" w:h="16839"/>
       <w:pgMar w:top="540" w:right="1134" w:bottom="709" w:left="1080" w:header="720" w:footer="432" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16AF0690" w14:textId="77777777" w:rsidR="00922E69" w:rsidRDefault="00922E69">
+    <w:p w14:paraId="69791A5B" w14:textId="77777777" w:rsidR="008E4E30" w:rsidRDefault="008E4E30">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F0DEC08" w14:textId="77777777" w:rsidR="00922E69" w:rsidRDefault="00922E69">
+    <w:p w14:paraId="00E81A72" w14:textId="77777777" w:rsidR="008E4E30" w:rsidRDefault="008E4E30">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="787DEF5B" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRDefault="007B29AB">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
@@ -5671,71 +2372,71 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="125465A1" w14:textId="77777777" w:rsidR="00AA68F0" w:rsidRDefault="00AA68F0">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34BC794F" w14:textId="77777777" w:rsidR="00922E69" w:rsidRDefault="00922E69">
+    <w:p w14:paraId="46E3935C" w14:textId="77777777" w:rsidR="008E4E30" w:rsidRDefault="008E4E30">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="717DF152" w14:textId="77777777" w:rsidR="00922E69" w:rsidRDefault="00922E69">
+    <w:p w14:paraId="415C5BD0" w14:textId="77777777" w:rsidR="008E4E30" w:rsidRDefault="008E4E30">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EF57790"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90E4189E"/>
     <w:lvl w:ilvl="0" w:tplc="F2F64A94">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5804,51 +2505,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="103B5F90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE3CD98E"/>
     <w:lvl w:ilvl="0" w:tplc="6D42E788">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5916,51 +2617,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="188E29CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="885464CE"/>
     <w:lvl w:ilvl="0" w:tplc="A93E24B4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6028,51 +2729,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="230E1854"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4BEE54C8"/>
     <w:lvl w:ilvl="0" w:tplc="37E23338">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:i/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6142,51 +2843,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="312933CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1AA315A"/>
     <w:lvl w:ilvl="0" w:tplc="3620F2A2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6254,51 +2955,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56E30870"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EA05BB0"/>
     <w:lvl w:ilvl="0" w:tplc="84AC29F6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6366,51 +3067,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E853155"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="810648D2"/>
     <w:lvl w:ilvl="0" w:tplc="6C72C9FC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6478,51 +3179,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F990A34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="569AB022"/>
     <w:lvl w:ilvl="0" w:tplc="589CD9FC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6590,110 +3291,112 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1424841279">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1905480449">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1981878785">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1725568704">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1073502949">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1132484613">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1841236941">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="276901">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AA68F0"/>
     <w:rsid w:val="00002836"/>
     <w:rsid w:val="000114EE"/>
     <w:rsid w:val="000161C0"/>
     <w:rsid w:val="00017460"/>
     <w:rsid w:val="000263C6"/>
+    <w:rsid w:val="00031FF9"/>
     <w:rsid w:val="000408E1"/>
     <w:rsid w:val="00047392"/>
     <w:rsid w:val="00050FE5"/>
     <w:rsid w:val="000570A1"/>
+    <w:rsid w:val="00063F62"/>
     <w:rsid w:val="00083498"/>
     <w:rsid w:val="00091CC4"/>
     <w:rsid w:val="000A59B6"/>
     <w:rsid w:val="000B7FBB"/>
     <w:rsid w:val="000E26C9"/>
     <w:rsid w:val="000F097A"/>
     <w:rsid w:val="000F2F67"/>
     <w:rsid w:val="000F6AF6"/>
     <w:rsid w:val="00107CB5"/>
     <w:rsid w:val="00123ACC"/>
     <w:rsid w:val="00124F74"/>
     <w:rsid w:val="00143FC7"/>
     <w:rsid w:val="00145184"/>
     <w:rsid w:val="00160511"/>
     <w:rsid w:val="00160FC3"/>
     <w:rsid w:val="001706FA"/>
     <w:rsid w:val="00180C52"/>
     <w:rsid w:val="001850D8"/>
     <w:rsid w:val="00187026"/>
     <w:rsid w:val="001905C5"/>
     <w:rsid w:val="001950D5"/>
     <w:rsid w:val="001A19A9"/>
     <w:rsid w:val="001A4DE0"/>
     <w:rsid w:val="001A53F6"/>
     <w:rsid w:val="001C3121"/>
@@ -6737,50 +3440,51 @@
     <w:rsid w:val="003544AB"/>
     <w:rsid w:val="00357935"/>
     <w:rsid w:val="00362CE0"/>
     <w:rsid w:val="00363AB3"/>
     <w:rsid w:val="00365914"/>
     <w:rsid w:val="00365BB2"/>
     <w:rsid w:val="003660BB"/>
     <w:rsid w:val="00372E1F"/>
     <w:rsid w:val="003812E2"/>
     <w:rsid w:val="00381EA4"/>
     <w:rsid w:val="003B03D5"/>
     <w:rsid w:val="003B1E0C"/>
     <w:rsid w:val="003D2C63"/>
     <w:rsid w:val="003D40E0"/>
     <w:rsid w:val="003F3586"/>
     <w:rsid w:val="003F6522"/>
     <w:rsid w:val="003F6AF0"/>
     <w:rsid w:val="003F7B35"/>
     <w:rsid w:val="00413746"/>
     <w:rsid w:val="00413CCD"/>
     <w:rsid w:val="004164AB"/>
     <w:rsid w:val="00420351"/>
     <w:rsid w:val="00420E4C"/>
     <w:rsid w:val="00423799"/>
     <w:rsid w:val="00425A11"/>
+    <w:rsid w:val="00427B7F"/>
     <w:rsid w:val="004327DD"/>
     <w:rsid w:val="00441DB4"/>
     <w:rsid w:val="0045010B"/>
     <w:rsid w:val="00452E77"/>
     <w:rsid w:val="00454A0C"/>
     <w:rsid w:val="00460EEF"/>
     <w:rsid w:val="0046354F"/>
     <w:rsid w:val="00463860"/>
     <w:rsid w:val="00475D21"/>
     <w:rsid w:val="004A71F1"/>
     <w:rsid w:val="004B70B6"/>
     <w:rsid w:val="004D2F25"/>
     <w:rsid w:val="004E06C1"/>
     <w:rsid w:val="004E1C4B"/>
     <w:rsid w:val="004E20F0"/>
     <w:rsid w:val="004E7E5F"/>
     <w:rsid w:val="004F1222"/>
     <w:rsid w:val="004F3D2B"/>
     <w:rsid w:val="004F68A3"/>
     <w:rsid w:val="00501A13"/>
     <w:rsid w:val="00505112"/>
     <w:rsid w:val="00505B2A"/>
     <w:rsid w:val="00541312"/>
     <w:rsid w:val="00542243"/>
     <w:rsid w:val="00551CC6"/>
@@ -6845,61 +3549,63 @@
     <w:rsid w:val="007C7DD3"/>
     <w:rsid w:val="007D2D6E"/>
     <w:rsid w:val="007E01FD"/>
     <w:rsid w:val="007E6930"/>
     <w:rsid w:val="007E6A19"/>
     <w:rsid w:val="007F54B9"/>
     <w:rsid w:val="00822597"/>
     <w:rsid w:val="00826FAC"/>
     <w:rsid w:val="0082730F"/>
     <w:rsid w:val="00831204"/>
     <w:rsid w:val="008346DC"/>
     <w:rsid w:val="0083776E"/>
     <w:rsid w:val="008378F3"/>
     <w:rsid w:val="008406FE"/>
     <w:rsid w:val="00841FDD"/>
     <w:rsid w:val="00843006"/>
     <w:rsid w:val="00864211"/>
     <w:rsid w:val="00866668"/>
     <w:rsid w:val="00872B6C"/>
     <w:rsid w:val="00883FB4"/>
     <w:rsid w:val="008845DA"/>
     <w:rsid w:val="00886EA8"/>
     <w:rsid w:val="008928CC"/>
     <w:rsid w:val="0089653C"/>
     <w:rsid w:val="008C758C"/>
+    <w:rsid w:val="008E4E30"/>
     <w:rsid w:val="008E7B35"/>
     <w:rsid w:val="008F0746"/>
     <w:rsid w:val="008F4AA1"/>
     <w:rsid w:val="00901944"/>
     <w:rsid w:val="00907AE0"/>
     <w:rsid w:val="00910C06"/>
     <w:rsid w:val="009215EF"/>
     <w:rsid w:val="00922E69"/>
     <w:rsid w:val="00923A2B"/>
     <w:rsid w:val="00930EB7"/>
     <w:rsid w:val="00930FA1"/>
+    <w:rsid w:val="009402D4"/>
     <w:rsid w:val="009455AE"/>
     <w:rsid w:val="00953F89"/>
     <w:rsid w:val="00954F1D"/>
     <w:rsid w:val="00964005"/>
     <w:rsid w:val="009721A5"/>
     <w:rsid w:val="009721E4"/>
     <w:rsid w:val="0098303F"/>
     <w:rsid w:val="00992FAA"/>
     <w:rsid w:val="009945BB"/>
     <w:rsid w:val="009B13A5"/>
     <w:rsid w:val="009C0605"/>
     <w:rsid w:val="009C23C8"/>
     <w:rsid w:val="009D0CDB"/>
     <w:rsid w:val="009D263E"/>
     <w:rsid w:val="009D5A20"/>
     <w:rsid w:val="009E4477"/>
     <w:rsid w:val="009F2E2C"/>
     <w:rsid w:val="00A07639"/>
     <w:rsid w:val="00A11B85"/>
     <w:rsid w:val="00A1363F"/>
     <w:rsid w:val="00A16AA7"/>
     <w:rsid w:val="00A16D4C"/>
     <w:rsid w:val="00A20A71"/>
     <w:rsid w:val="00A246F8"/>
     <w:rsid w:val="00A33C28"/>
@@ -6955,75 +3661,77 @@
     <w:rsid w:val="00C45BD8"/>
     <w:rsid w:val="00C558B6"/>
     <w:rsid w:val="00C620DC"/>
     <w:rsid w:val="00C67873"/>
     <w:rsid w:val="00C8596A"/>
     <w:rsid w:val="00C96AED"/>
     <w:rsid w:val="00C97125"/>
     <w:rsid w:val="00CA0A9E"/>
     <w:rsid w:val="00CA3336"/>
     <w:rsid w:val="00CA76FB"/>
     <w:rsid w:val="00CB06F5"/>
     <w:rsid w:val="00CB1ABF"/>
     <w:rsid w:val="00CC2B34"/>
     <w:rsid w:val="00CD323B"/>
     <w:rsid w:val="00CF242C"/>
     <w:rsid w:val="00D1451C"/>
     <w:rsid w:val="00D22E88"/>
     <w:rsid w:val="00D2546E"/>
     <w:rsid w:val="00D2689E"/>
     <w:rsid w:val="00D271E8"/>
     <w:rsid w:val="00D30D2B"/>
     <w:rsid w:val="00D313E6"/>
     <w:rsid w:val="00D37B95"/>
     <w:rsid w:val="00D40277"/>
     <w:rsid w:val="00D44239"/>
+    <w:rsid w:val="00D81EDA"/>
     <w:rsid w:val="00D8734A"/>
     <w:rsid w:val="00D976F2"/>
     <w:rsid w:val="00DA2156"/>
     <w:rsid w:val="00DA2FA4"/>
     <w:rsid w:val="00DA6862"/>
     <w:rsid w:val="00DB338C"/>
     <w:rsid w:val="00DC7F2C"/>
     <w:rsid w:val="00DF1B56"/>
     <w:rsid w:val="00DF7E12"/>
     <w:rsid w:val="00E024A6"/>
     <w:rsid w:val="00E03B85"/>
     <w:rsid w:val="00E11C7A"/>
     <w:rsid w:val="00E136FB"/>
     <w:rsid w:val="00E14DED"/>
     <w:rsid w:val="00E16055"/>
     <w:rsid w:val="00E172CC"/>
     <w:rsid w:val="00E2524F"/>
     <w:rsid w:val="00E26C69"/>
     <w:rsid w:val="00E3249D"/>
     <w:rsid w:val="00E33E92"/>
     <w:rsid w:val="00E36BA7"/>
     <w:rsid w:val="00E44084"/>
     <w:rsid w:val="00E465C0"/>
     <w:rsid w:val="00E5778F"/>
     <w:rsid w:val="00E617C4"/>
+    <w:rsid w:val="00E631D8"/>
     <w:rsid w:val="00E65C4A"/>
     <w:rsid w:val="00E71612"/>
     <w:rsid w:val="00E71C61"/>
     <w:rsid w:val="00E746F0"/>
     <w:rsid w:val="00EA5E81"/>
     <w:rsid w:val="00EC0C3D"/>
     <w:rsid w:val="00EC5C64"/>
     <w:rsid w:val="00ED1E19"/>
     <w:rsid w:val="00ED40C9"/>
     <w:rsid w:val="00EE0A42"/>
     <w:rsid w:val="00F06AB1"/>
     <w:rsid w:val="00F06D07"/>
     <w:rsid w:val="00F1333E"/>
     <w:rsid w:val="00F15B58"/>
     <w:rsid w:val="00F21DB5"/>
     <w:rsid w:val="00F4581A"/>
     <w:rsid w:val="00F6127F"/>
     <w:rsid w:val="00F64F45"/>
     <w:rsid w:val="00F660BB"/>
     <w:rsid w:val="00F77742"/>
     <w:rsid w:val="00F86649"/>
     <w:rsid w:val="00F9401A"/>
     <w:rsid w:val="00F95686"/>
     <w:rsid w:val="00FB2A75"/>
     <w:rsid w:val="00FC63C8"/>
@@ -7041,63 +3749,63 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="088F5CC3"/>
   <w15:docId w15:val="{822C1A8D-D55F-45DF-914A-819C225011E2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7425,50 +4133,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="002211E8"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -7589,88 +4302,74 @@
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
-[...5 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
-[...5 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="899637748">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="383724866">
           <w:marLeft w:val="240"/>
           <w:marRight w:val="240"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="105"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8077,74 +4776,74 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>257</Words>
-  <Characters>1468</Characters>
+  <Words>327</Words>
+  <Characters>1869</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1722</CharactersWithSpaces>
+  <CharactersWithSpaces>2192</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ADMIN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>70f385f78a0c421ca75db087627005d2</vt:lpwstr>
   </property>
 </Properties>
 </file>